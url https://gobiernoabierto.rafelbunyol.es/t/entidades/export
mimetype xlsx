--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -12,98 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>logo_id</t>
   </si>
   <si>
     <t>tipo_entidad</t>
   </si>
   <si>
     <t>objeto_social</t>
   </si>
   <si>
     <t>capital_social</t>
   </si>
   <si>
     <t>recursos_financia_pdf_id</t>
   </si>
   <si>
     <t>recursos_financia_open_id</t>
   </si>
   <si>
     <t>acuerdos_pdf_id</t>
   </si>
   <si>
     <t>acuerdos_open_id</t>
   </si>
   <si>
     <t>estatutos_pdf_id</t>
   </si>
   <si>
     <t>estatutos_open_id</t>
   </si>
   <si>
     <t>plantilla_pdf_id</t>
   </si>
   <si>
     <t>plantilla_open_id</t>
   </si>
   <si>
     <t>web</t>
   </si>
   <si>
     <t>otros_doc</t>
+  </si>
+  <si>
+    <t>Consell Local d'Infància i Adolescència</t>
+  </si>
+  <si>
+    <t>Organismo</t>
+  </si>
+  <si>
+    <t>[{"nombre":"Reglament regulador del consell local d'infacia i adolesc\u00e8ncia","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761834452reglament_clia_.pdf"},{"nombre":"Acta del Ple de constituci\u00f3 formal del consell local de inf\u00e0ncia y adolesc\u00e8ncia","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761904233Acta%20del%20Ple%20de%20constituci%C3%B3%20formal%20del%20consell%20local%20de%20inf%C3%A0ncia%20y%20adolesc%C3%A8ncia.pdf"}]</t>
+  </si>
+  <si>
+    <t>Consell Social</t>
+  </si>
+  <si>
+    <t>[{"nombre":"Composici\u00f3 i Normativa","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2194-consell-social"},{"nombre":"Reglament Participaci\u00f3 Ciutadana","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761834241reglament_participacio_ciutadana_val.pdf"},{"nombre":"Sessions Consell Social","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/sesiones-otros-organos\/consell-social"}]</t>
+  </si>
+  <si>
+    <t>Consell Local Agrari</t>
+  </si>
+  <si>
+    <t>[{"nombre":"Composici\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2193-consell-local-agrari"},{"nombre":"Reglament del consell agrari municipal","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761834028reglament_del_consell_agrari_municipal.pdf"}]</t>
+  </si>
+  <si>
+    <t>Consell Escolar Municipal</t>
+  </si>
+  <si>
+    <t>[{"nombre":"Composici\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2192-consell-escolar-municipal"},{"nombre":"Llei 6\/2010, de 28 de maig, de la Generalitat, de modificaci\u00f3 del Text Ref\u00f3s de la Llei de Consells Escolars de la Comunitat","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833817Llei%2062010,%20de%2028%20de%20maig,%20de%20la%20Generalitat,%20de%20modificaci%C3%B3%20del%20Text%20Ref%C3%B3s%20de%20la%20Llei%20de%20Consells%20Escolars%20de%20la%20Com.pdf"},{"nombre":"Decret legislatiu de 16 de gener de 1989, del Consell de la Generalitat Valenciana, pel qual s'aprova el Text Ref\u00f3s","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833818Decret%20legislatiu%20de%2016%20de%20gener%20de%201989,%20del%20Consell%20de%20la%20Generalitat%20Valenciana,%20pel%20qual%20s'aprova%20el%20Text%20Ref%C3%B3s.pdf"},{"nombre":"Decret 111\/1989, de 17 de juliol, del Consell de la Generalitat Valenciana, pel qual es regulen els Consells Escolars","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833819Decret%20111-1989,%20de%2017%20de%20juliol,%20del%20Consell%20de%20la%20Generalitat%20Valenciana,%20pel%20qual%20es%20regulen%20els%20Consells%20Escolars.pdf"},{"nombre":"Ordre de 3 de novembre de 1989, de la Conselleria de Cultura, Educaci\u00f3 i Ci\u00e8ncia, per la qual es regula el procediment","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833820Ordre%20de%203%20de%20novembre%20de%201989,%20de%20la%20Conselleria%20de%20Cultura,%20Educaci%C3%B3%20i%20Ci%C3%A8ncia,%20per%20la%20qual%20es%20regula%20el%20procediment.pdf"},{"nombre":"Actes del Consell Escolar","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/sesiones-otros-organos\/consell-escolar-municipal"}]</t>
   </si>
   <si>
     <t>Remarasa</t>
   </si>
   <si>
     <t>Sociedad</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1753434908RPT REMARASA.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1753434906RPT REMARASA (1).xlsx</t>
   </si>
   <si>
     <t>[{"nombre":"Comptes anuals","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/cuentasanuales"},{"nombre":"Compet\u00e8ncies, funcions i normativa aplicable","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2053-competencies-funcions-i-normativa-aplicable"},{"nombre":"Organigrama de l'estructura organitzativa","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2054-organigrama-de-lestructura-organitzativa"},{"nombre":"Estructura administrativa departamental\n","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2055-estructura-administrativa-departamental"},{"nombre":"Plans i programes anuals i plurianuals (Remarasa)","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2056-plans-i-programes-anuals-i-plurianuals"},{"nombre":"Relaci\u00f3 de llocs de treball","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2057-relacion-de-puestos-de-trabajo"},{"nombre":"Oferta anual d'ocupaci\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2060-oferta-anual-docupacio"},{"nombre":"Registre retributiu","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2061-registre-retributiu"},{"nombre":"Processos de provisi\u00f3 i selecci\u00f3 de llocs de treball","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2063-processos-de-provisio-i-seleccio-de-llocs-de-treball"},{"nombre":"Representants sindicals del personal emprat","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2064-representants-sindicals-del-personal-emprat"},{"nombre":"Perfil del Contractant Remarasa","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2065-perfil-del-contractant-remarasa"},{"nombre":"Convenis","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2066-convenis-remarasa"},{"nombre":"Pressupostos REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2067-pressupost-remarasa"},{"nombre":"Liquidaci\u00f3 del pressupost i grau d'execuci\u00f3 REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2068-liquidacio-del-pressupost-i-grau-dexecucio-remarasa"},{"nombre":"Finan\u00e7ament","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2069-financament-remarasa"},{"nombre":"Grau de compliment i qualitat dels serveis p\u00fablics","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2070-grau-de-compliment-i-qualitat-dels-serveis-publics"},{"nombre":"Inventari de b\u00e9ns i drets","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2071-inventari-de-bens-i-drets-remarasa"},{"nombre":"Informaci\u00f3 sobre enquestes i estudis d'opini\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2072-informacio-sobre-enquestes-i-estudis-dopinio-remarasa"},{"nombre":"Cartes de Serveis","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2073-cartes-de-serveis"},{"nombre":"Serveis, seus i equipaments","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2074-serveis-seus-i-equipaments"},{"nombre":"Junta general de REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/sesiones-otros-organos\/junta-general-de-remarasa"}]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -453,60 +480,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="true" customWidth="true" style="1"/>
-    <col min="2" max="2" width="15" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="96" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="3629" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
@@ -541,69 +568,125 @@
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
         <v>16</v>
       </c>
-      <c r="C2">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
-      <c r="M2" t="s">
+      <c r="P2" t="s">
         <v>18</v>
       </c>
-      <c r="N2" t="s">
+    </row>
+    <row r="3" spans="1:26">
+      <c r="A3" s="1">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
         <v>19</v>
       </c>
-      <c r="P2" t="s">
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="P3" t="s">
         <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26">
+      <c r="A4" s="1">
+        <v>74</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="P4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" s="1">
+        <v>73</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="P5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" s="1">
+        <v>72</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6">
+        <v>56309</v>
+      </c>
+      <c r="D6" t="s">
+        <v>26</v>
+      </c>
+      <c r="M6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">