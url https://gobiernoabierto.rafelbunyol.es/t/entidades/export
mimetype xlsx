--- v1 (2025-12-03)
+++ v2 (2026-01-18)
@@ -101,51 +101,51 @@
   <si>
     <t>Consell Local Agrari</t>
   </si>
   <si>
     <t>[{"nombre":"Composici\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2193-consell-local-agrari"},{"nombre":"Reglament del consell agrari municipal","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761834028reglament_del_consell_agrari_municipal.pdf"}]</t>
   </si>
   <si>
     <t>Consell Escolar Municipal</t>
   </si>
   <si>
     <t>[{"nombre":"Composici\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2192-consell-escolar-municipal"},{"nombre":"Llei 6\/2010, de 28 de maig, de la Generalitat, de modificaci\u00f3 del Text Ref\u00f3s de la Llei de Consells Escolars de la Comunitat","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833817Llei%2062010,%20de%2028%20de%20maig,%20de%20la%20Generalitat,%20de%20modificaci%C3%B3%20del%20Text%20Ref%C3%B3s%20de%20la%20Llei%20de%20Consells%20Escolars%20de%20la%20Com.pdf"},{"nombre":"Decret legislatiu de 16 de gener de 1989, del Consell de la Generalitat Valenciana, pel qual s'aprova el Text Ref\u00f3s","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833818Decret%20legislatiu%20de%2016%20de%20gener%20de%201989,%20del%20Consell%20de%20la%20Generalitat%20Valenciana,%20pel%20qual%20s'aprova%20el%20Text%20Ref%C3%B3s.pdf"},{"nombre":"Decret 111\/1989, de 17 de juliol, del Consell de la Generalitat Valenciana, pel qual es regulen els Consells Escolars","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833819Decret%20111-1989,%20de%2017%20de%20juliol,%20del%20Consell%20de%20la%20Generalitat%20Valenciana,%20pel%20qual%20es%20regulen%20els%20Consells%20Escolars.pdf"},{"nombre":"Ordre de 3 de novembre de 1989, de la Conselleria de Cultura, Educaci\u00f3 i Ci\u00e8ncia, per la qual es regula el procediment","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1761833820Ordre%20de%203%20de%20novembre%20de%201989,%20de%20la%20Conselleria%20de%20Cultura,%20Educaci%C3%B3%20i%20Ci%C3%A8ncia,%20per%20la%20qual%20es%20regula%20el%20procediment.pdf"},{"nombre":"Actes del Consell Escolar","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/sesiones-otros-organos\/consell-escolar-municipal"}]</t>
   </si>
   <si>
     <t>Remarasa</t>
   </si>
   <si>
     <t>Sociedad</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1753434908RPT REMARASA.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1753434906RPT REMARASA (1).xlsx</t>
   </si>
   <si>
-    <t>[{"nombre":"Comptes anuals","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/cuentasanuales"},{"nombre":"Compet\u00e8ncies, funcions i normativa aplicable","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2053-competencies-funcions-i-normativa-aplicable"},{"nombre":"Organigrama de l'estructura organitzativa","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2054-organigrama-de-lestructura-organitzativa"},{"nombre":"Estructura administrativa departamental\n","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2055-estructura-administrativa-departamental"},{"nombre":"Plans i programes anuals i plurianuals (Remarasa)","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2056-plans-i-programes-anuals-i-plurianuals"},{"nombre":"Relaci\u00f3 de llocs de treball","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2057-relacion-de-puestos-de-trabajo"},{"nombre":"Oferta anual d'ocupaci\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2060-oferta-anual-docupacio"},{"nombre":"Registre retributiu","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2061-registre-retributiu"},{"nombre":"Processos de provisi\u00f3 i selecci\u00f3 de llocs de treball","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2063-processos-de-provisio-i-seleccio-de-llocs-de-treball"},{"nombre":"Representants sindicals del personal emprat","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2064-representants-sindicals-del-personal-emprat"},{"nombre":"Perfil del Contractant Remarasa","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2065-perfil-del-contractant-remarasa"},{"nombre":"Convenis","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2066-convenis-remarasa"},{"nombre":"Pressupostos REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2067-pressupost-remarasa"},{"nombre":"Liquidaci\u00f3 del pressupost i grau d'execuci\u00f3 REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2068-liquidacio-del-pressupost-i-grau-dexecucio-remarasa"},{"nombre":"Finan\u00e7ament","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2069-financament-remarasa"},{"nombre":"Grau de compliment i qualitat dels serveis p\u00fablics","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2070-grau-de-compliment-i-qualitat-dels-serveis-publics"},{"nombre":"Inventari de b\u00e9ns i drets","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2071-inventari-de-bens-i-drets-remarasa"},{"nombre":"Informaci\u00f3 sobre enquestes i estudis d'opini\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2072-informacio-sobre-enquestes-i-estudis-dopinio-remarasa"},{"nombre":"Cartes de Serveis","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2073-cartes-de-serveis"},{"nombre":"Serveis, seus i equipaments","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2074-serveis-seus-i-equipaments"},{"nombre":"Junta general de REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/sesiones-otros-organos\/junta-general-de-remarasa"}]</t>
+    <t>[{"nombre":"Comptes anuals","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/cuentasanuales"},{"nombre":"Compet\u00e8ncies, funcions i normativa aplicable","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2053-competencies-funcions-i-normativa-aplicable"},{"nombre":"Organigrama de l'estructura organitzativa","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2054-organigrama-de-lestructura-organitzativa"},{"nombre":"Estructura administrativa departamental\n","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2055-estructura-administrativa-departamental"},{"nombre":"Plans i programes anuals i plurianuals (Remarasa)","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2056-plans-i-programes-anuals-i-plurianuals"},{"nombre":"Relaci\u00f3 de llocs de treball","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2057-relacion-de-puestos-de-trabajo"},{"nombre":"Oferta anual d'ocupaci\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2060-oferta-anual-docupacio"},{"nombre":"Registre retributiu","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2061-registre-retributiu"},{"nombre":"Processos de provisi\u00f3 i selecci\u00f3 de llocs de treball","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2063-processos-de-provisio-i-seleccio-de-llocs-de-treball"},{"nombre":"Representants sindicals del personal emprat","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2064-representants-sindicals-del-personal-emprat"},{"nombre":"Perfil del Contractant Remarasa","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2065-perfil-del-contractant-remarasa"},{"nombre":"Convenis","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2066-convenis-remarasa"},{"nombre":"Pressupostos REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2067-pressupost-remarasa"},{"nombre":"Liquidaci\u00f3 del pressupost i grau d'execuci\u00f3 REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2068-liquidacio-del-pressupost-i-grau-dexecucio-remarasa"},{"nombre":"Finan\u00e7ament","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2069-financament-remarasa"},{"nombre":"Grau de compliment i qualitat dels serveis p\u00fablics","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2070-grau-de-compliment-i-qualitat-dels-serveis-publics"},{"nombre":"Inventari de b\u00e9ns i drets","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2071-inventari-de-bens-i-drets-remarasa"},{"nombre":"Informaci\u00f3 sobre enquestes i estudis d'opini\u00f3","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2072-informacio-sobre-enquestes-i-estudis-dopinio-remarasa"},{"nombre":"Cartes de Serveis","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2073-cartes-de-serveis"},{"nombre":"Serveis, seus i equipaments","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/p\/2074-serveis-seus-i-equipaments"},{"nombre":"Junta general de REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/t\/sesiones-otros-organos\/junta-general-de-remarasa"},{"nombre":"Taula Salarial Final 2025","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1765269451TABLA%20SALARIAL%20FINAL%202025.pdf"},{"nombre":"Taula Salarial 2026","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1765269529TABLA%20SALARIAL%20I%202026.pdf"},{"nombre":"Protocol d'Assetjament REMARASA","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1765271121ProtocoloAcoso_REMARASA.pdf"},{"nombre":"II Pla d'Igualtat d'Oportunitats 2025-2028","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1765271121PIO_REMARASA%202025-2028.pdf"}]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -503,51 +503,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="47" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="96" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="3629" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="4363" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">