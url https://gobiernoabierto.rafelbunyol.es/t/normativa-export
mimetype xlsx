--- v0 (2025-10-18)
+++ v1 (2026-01-18)
@@ -12,173 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>tipo</t>
   </si>
   <si>
     <t>objeto</t>
   </si>
   <si>
     <t>estado_tramitacion</t>
   </si>
   <si>
     <t>participacion_ciudadana</t>
   </si>
   <si>
     <t>fecha_entrada_vigor</t>
   </si>
   <si>
     <t>fecha_derogacion</t>
   </si>
   <si>
     <t>documentacion_tramitacion</t>
   </si>
   <si>
     <t>documentacion_modificaciones</t>
   </si>
   <si>
     <t>sentencias</t>
   </si>
   <si>
     <t>documentacion_definitiva</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
+    <t>Ordenança municipal reguladora de les autoritzacions de guals i de les zones de càrrega i descàrrega</t>
+  </si>
+  <si>
+    <t>Ordenanza reguladora</t>
+  </si>
+  <si>
+    <t>Aprobación definitiva</t>
+  </si>
+  <si>
+    <t>28-11-2025</t>
+  </si>
+  <si>
     <t>Mobilitat urbana sostenible</t>
   </si>
   <si>
-    <t>Ordenanza reguladora</t>
-[...4 lines deleted...]
-  <si>
     <t>04-09-2025</t>
   </si>
   <si>
     <t>Ordenança reguladora de la neteja viària, de l’orde en espais públics i gestió de residus urbans</t>
   </si>
   <si>
     <t>Regular les condicions en què l’ajuntament ha de prestar, i l’usuari ha d’utilitzar, el servei de neteja viària i de recollida i gestió de residus urbans, així com garantir el bon ús dels espais públics, el respecte a les normes de convivència i la protecció de les zones verdes, parcs, jardins i mobiliari urbà</t>
   </si>
   <si>
     <t>12-08-2025</t>
   </si>
   <si>
+    <t>Ordenança municipal reguladora de la gestió dels residus de construcció i demolició.</t>
+  </si>
+  <si>
+    <t>Reglament Regulador de l'Òrgan Ambiental i Territorial municipal.</t>
+  </si>
+  <si>
+    <t>Reglamento</t>
+  </si>
+  <si>
     <t>Taxes aplicables en la instal•lació de llocs, barraques o casetes en mercats municipals o altre tipus de venda no sedentària</t>
   </si>
   <si>
     <t>Ordenanza fiscal</t>
   </si>
   <si>
     <t>Ajornament fraccionament deutes</t>
   </si>
   <si>
     <t xml:space="preserve">	Funcionament de terrasses</t>
   </si>
   <si>
     <t>General contribucions especials</t>
   </si>
   <si>
     <t>IAE</t>
   </si>
   <si>
     <t>Impost Béns Immobles</t>
   </si>
   <si>
     <t>Impost construcció, instal·lacions i obres</t>
   </si>
   <si>
-    <t>[{"nombre":"Anunci de l'Ajuntament de Rafelbunyol sobre l'aprovaci\u00f3 definitiva de la modificaci\u00f3 ordenan\u00e7a reguladora de l'impost sobre construccions, instal\u00b7lacions i obres","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1758021699publicaci%C3%B3n%20BOP%20ordenanza%20definitiva%20ICIO.pdf"}]</t>
+    <t>[{"nombre":"Anunci de l'Ajuntament de Rafelbunyol sobre l'aprovaci\u00f3 definitiva de la modificaci\u00f3 ordenan\u00e7a reguladora de l'impost sobre construccions, instal\u00b7lacions i obres","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1758021699publicaci%C3%B3n%20BOP%20ordenanza%20definitiva%20ICIO.pdf"},{"nombre":"Anunci de l'Ajuntament de Rafelbunyol sobre l'aprovaci\u00f3 definitiva de la modificaci\u00f3 ordenan\u00e7a reguladora de l'impost sobre construccions, instal\u00b7lacions i obres.","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/176545666820250926_Publicacio%20BOP%20ordenan%C3%A7a%20definitiva%20ICIO%20(2).pdf"}]</t>
   </si>
   <si>
     <t>Llicència obertura establiments</t>
   </si>
   <si>
     <t xml:space="preserve">	Ocupació sòl vol subsòl</t>
   </si>
   <si>
     <t>Ocupació via pública materials construcció</t>
   </si>
   <si>
     <t>Ocupació via pública taules cadires finalitat lucrativa</t>
   </si>
   <si>
     <t xml:space="preserve">	Ocupació via pública llocs barraques</t>
   </si>
   <si>
     <t>Plusvàlua</t>
   </si>
   <si>
-    <t xml:space="preserve">	Reserva Aparcament</t>
+    <t>Taxa de guals</t>
   </si>
   <si>
     <t xml:space="preserve">	Ordenança Grua</t>
   </si>
   <si>
     <t xml:space="preserve">	Taxa clavegueram</t>
   </si>
   <si>
     <t>Taxa prestació de servicis inspecció i informació urbanística</t>
   </si>
   <si>
     <t>Taxa proves selecció personal</t>
   </si>
   <si>
     <t xml:space="preserve">	Impost vehicles tracció mecànica</t>
+  </si>
+  <si>
+    <t>[{"nombre":"Anunci de l'Ajuntament de Rafelbunyol sobre l'aprovaci\u00f3 definitiva de\nla modificaci\u00f3 de l'ordenan\u00e7a fiscal de l'impost de vehicles de tracci\u00f3\nmec\u00e0nica","enlace":"https:\/\/gobiernoabierto.rafelbunyol.es\/storage\/uploads\/1762166799Odenanza%20Impuesto%20de%20veh%C3%ADculos%20de%20tracci%C3%B3n%20mec%C3%A1nica.pdf"}]</t>
   </si>
   <si>
     <t>Casaments Civils en cap de setmana</t>
   </si>
   <si>
     <t>Transparència</t>
   </si>
   <si>
     <t>Ordenanza no fiscal</t>
   </si>
   <si>
     <t>Registre electrònic</t>
   </si>
   <si>
     <t xml:space="preserve">	Reglament Consell Agrari Municipal</t>
   </si>
   <si>
     <t>Reglament Taula Negociació</t>
   </si>
   <si>
     <t>Regulació Carta Participació Ciutadana</t>
   </si>
   <si>
     <t>Reglament d´Organització Municipal</t>
   </si>
@@ -654,68 +672,68 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z68"/>
+  <dimension ref="A1:Z71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="147" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="367" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="397" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="810" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="15" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
@@ -733,1196 +751,1253 @@
       <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>2266</v>
+        <v>2373</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="M2">
-        <v>58305</v>
+        <v>60451</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>2367</v>
+        <v>2266</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M3">
-        <v>59021</v>
+        <v>58305</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>2144</v>
+        <v>2367</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4">
-        <v>52449</v>
+        <v>59021</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>2145</v>
+        <v>2379</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="M5">
-        <v>52450</v>
+        <v>60587</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>2146</v>
+        <v>2380</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="M6">
-        <v>52451</v>
+        <v>60588</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>2147</v>
+        <v>2144</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="M7">
-        <v>52452</v>
+        <v>52449</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>2148</v>
+        <v>2145</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="M8">
-        <v>52453</v>
+        <v>52450</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>2149</v>
+        <v>2146</v>
       </c>
       <c r="B9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="M9">
-        <v>52454</v>
+        <v>52451</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>2150</v>
+        <v>2147</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
-      <c r="J10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M10">
-        <v>54719</v>
+        <v>52452</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>2151</v>
+        <v>2148</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="M11">
-        <v>52456</v>
+        <v>52453</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>2152</v>
+        <v>2149</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="M12">
-        <v>52457</v>
+        <v>52454</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>2153</v>
+        <v>2150</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
       <c r="M13">
-        <v>52458</v>
+        <v>54719</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>2154</v>
+        <v>2151</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="M14">
-        <v>52459</v>
+        <v>52456</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>2155</v>
+        <v>2152</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="M15">
-        <v>52460</v>
+        <v>52457</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>2156</v>
+        <v>2153</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="M16">
-        <v>52461</v>
+        <v>52458</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>2157</v>
+        <v>2154</v>
       </c>
       <c r="B17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C17" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>15</v>
       </c>
       <c r="M17">
-        <v>52462</v>
+        <v>52459</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>2158</v>
+        <v>2155</v>
       </c>
       <c r="B18" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C18" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="M18">
-        <v>52463</v>
+        <v>52460</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>2159</v>
+        <v>2156</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="M19">
-        <v>52464</v>
+        <v>52461</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>2160</v>
+        <v>2157</v>
       </c>
       <c r="B20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C20" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="M20">
-        <v>52465</v>
+        <v>60590</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="B21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C21" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="M21">
-        <v>52466</v>
+        <v>52463</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>2162</v>
+        <v>2159</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C22" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="M22">
-        <v>52467</v>
+        <v>52464</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>2163</v>
+        <v>2160</v>
       </c>
       <c r="B23" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="M23">
-        <v>52468</v>
+        <v>52465</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>2164</v>
+        <v>2161</v>
       </c>
       <c r="B24" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C24" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>15</v>
       </c>
       <c r="M24">
-        <v>52469</v>
+        <v>61127</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="B25" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C25" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>15</v>
       </c>
+      <c r="J25" t="s">
+        <v>46</v>
+      </c>
       <c r="M25">
-        <v>52470</v>
+        <v>59594</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>2166</v>
+        <v>2163</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C26" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="M26">
-        <v>52471</v>
+        <v>52468</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>2167</v>
+        <v>2164</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C27" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="M27">
-        <v>52472</v>
+        <v>52469</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="B28" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C28" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="M28">
-        <v>52473</v>
+        <v>52470</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>2169</v>
+        <v>2166</v>
       </c>
       <c r="B29" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C29" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="M29">
-        <v>52474</v>
+        <v>52471</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>2170</v>
+        <v>2167</v>
       </c>
       <c r="B30" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C30" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="M30">
-        <v>52475</v>
+        <v>52472</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="B31" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C31" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="M31">
-        <v>52476</v>
+        <v>52473</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>2172</v>
+        <v>2169</v>
       </c>
       <c r="B32" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C32" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E32" t="s">
         <v>15</v>
       </c>
       <c r="M32">
-        <v>52477</v>
+        <v>52474</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>2173</v>
+        <v>2170</v>
       </c>
       <c r="B33" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C33" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E33" t="s">
         <v>15</v>
       </c>
       <c r="M33">
-        <v>52478</v>
+        <v>52475</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>2174</v>
+        <v>2171</v>
       </c>
       <c r="B34" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C34" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E34" t="s">
         <v>15</v>
       </c>
       <c r="M34">
-        <v>52479</v>
+        <v>52476</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>2175</v>
+        <v>2172</v>
       </c>
       <c r="B35" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C35" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E35" t="s">
         <v>15</v>
       </c>
       <c r="M35">
-        <v>52480</v>
+        <v>52477</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>2176</v>
+        <v>2173</v>
       </c>
       <c r="B36" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C36" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E36" t="s">
         <v>15</v>
       </c>
       <c r="M36">
-        <v>52481</v>
+        <v>52478</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>2177</v>
+        <v>2174</v>
       </c>
       <c r="B37" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C37" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="M37">
-        <v>52482</v>
+        <v>52479</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>2178</v>
+        <v>2175</v>
       </c>
       <c r="B38" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C38" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="M38">
-        <v>52483</v>
+        <v>52480</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>2179</v>
+        <v>2176</v>
       </c>
       <c r="B39" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C39" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="M39">
-        <v>52484</v>
+        <v>52481</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>2180</v>
+        <v>2177</v>
       </c>
       <c r="B40" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C40" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="M40">
-        <v>52485</v>
+        <v>52482</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>2181</v>
+        <v>2178</v>
       </c>
       <c r="B41" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C41" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>15</v>
       </c>
       <c r="M41">
-        <v>52486</v>
+        <v>52483</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>2182</v>
+        <v>2179</v>
       </c>
       <c r="B42" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C42" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E42" t="s">
         <v>15</v>
       </c>
       <c r="M42">
-        <v>52488</v>
+        <v>52484</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>2183</v>
+        <v>2180</v>
       </c>
       <c r="B43" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C43" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E43" t="s">
         <v>15</v>
       </c>
       <c r="M43">
-        <v>52489</v>
+        <v>52485</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>2184</v>
+        <v>2181</v>
       </c>
       <c r="B44" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C44" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E44" t="s">
         <v>15</v>
       </c>
       <c r="M44">
-        <v>52490</v>
+        <v>52486</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>2185</v>
+        <v>2182</v>
       </c>
       <c r="B45" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C45" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E45" t="s">
         <v>15</v>
       </c>
       <c r="M45">
-        <v>52491</v>
+        <v>52488</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>2186</v>
+        <v>2183</v>
       </c>
       <c r="B46" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C46" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E46" t="s">
         <v>15</v>
       </c>
       <c r="M46">
-        <v>52492</v>
+        <v>52489</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>2187</v>
+        <v>2184</v>
       </c>
       <c r="B47" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E47" t="s">
         <v>15</v>
       </c>
       <c r="M47">
-        <v>52493</v>
+        <v>52490</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>2188</v>
+        <v>2185</v>
       </c>
       <c r="B48" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C48" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E48" t="s">
         <v>15</v>
       </c>
       <c r="M48">
-        <v>52494</v>
+        <v>52491</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>2189</v>
+        <v>2186</v>
       </c>
       <c r="B49" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C49" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E49" t="s">
         <v>15</v>
       </c>
       <c r="M49">
-        <v>52495</v>
+        <v>52492</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>2190</v>
+        <v>2187</v>
       </c>
       <c r="B50" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C50" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E50" t="s">
         <v>15</v>
       </c>
       <c r="M50">
-        <v>52496</v>
+        <v>52493</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>2191</v>
+        <v>2188</v>
       </c>
       <c r="B51" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C51" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E51" t="s">
         <v>15</v>
       </c>
       <c r="M51">
-        <v>52497</v>
+        <v>52494</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>2192</v>
+        <v>2189</v>
       </c>
       <c r="B52" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C52" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E52" t="s">
         <v>15</v>
       </c>
       <c r="M52">
-        <v>52498</v>
+        <v>52495</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>2193</v>
+        <v>2190</v>
       </c>
       <c r="B53" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C53" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E53" t="s">
         <v>15</v>
       </c>
       <c r="M53">
-        <v>52499</v>
+        <v>52496</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>2194</v>
+        <v>2191</v>
       </c>
       <c r="B54" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C54" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E54" t="s">
         <v>15</v>
       </c>
       <c r="M54">
-        <v>52500</v>
+        <v>52497</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>2195</v>
+        <v>2192</v>
       </c>
       <c r="B55" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C55" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E55" t="s">
         <v>15</v>
       </c>
       <c r="M55">
-        <v>52501</v>
+        <v>52498</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>2196</v>
+        <v>2193</v>
       </c>
       <c r="B56" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C56" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E56" t="s">
         <v>15</v>
       </c>
       <c r="M56">
-        <v>52502</v>
+        <v>52499</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>2197</v>
+        <v>2194</v>
       </c>
       <c r="B57" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C57" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E57" t="s">
         <v>15</v>
       </c>
       <c r="M57">
-        <v>52503</v>
+        <v>52500</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>2198</v>
+        <v>2195</v>
       </c>
       <c r="B58" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C58" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="M58">
-        <v>52505</v>
+        <v>52501</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>2199</v>
+        <v>2196</v>
       </c>
       <c r="B59" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C59" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E59" t="s">
         <v>15</v>
       </c>
       <c r="M59">
-        <v>52506</v>
+        <v>52502</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>2200</v>
+        <v>2197</v>
       </c>
       <c r="B60" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C60" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E60" t="s">
         <v>15</v>
       </c>
       <c r="M60">
-        <v>52507</v>
+        <v>52503</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>2201</v>
+        <v>2198</v>
       </c>
       <c r="B61" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C61" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="M61">
-        <v>52508</v>
+        <v>52505</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>2203</v>
+        <v>2199</v>
       </c>
       <c r="B62" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C62" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E62" t="s">
         <v>15</v>
       </c>
       <c r="M62">
-        <v>52543</v>
+        <v>52506</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>2204</v>
+        <v>2200</v>
       </c>
       <c r="B63" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C63" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E63" t="s">
         <v>15</v>
       </c>
       <c r="M63">
-        <v>52544</v>
+        <v>52507</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>2205</v>
+        <v>2201</v>
       </c>
       <c r="B64" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C64" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E64" t="s">
         <v>15</v>
       </c>
       <c r="M64">
-        <v>52545</v>
+        <v>52508</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>2206</v>
+        <v>2203</v>
       </c>
       <c r="B65" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C65" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E65" t="s">
         <v>15</v>
       </c>
       <c r="M65">
-        <v>52546</v>
+        <v>52543</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>2207</v>
+        <v>2204</v>
       </c>
       <c r="B66" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C66" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E66" t="s">
         <v>15</v>
       </c>
       <c r="M66">
-        <v>52547</v>
+        <v>52544</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>2208</v>
+        <v>2205</v>
       </c>
       <c r="B67" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C67" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="M67">
-        <v>52548</v>
+        <v>52545</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
+        <v>2206</v>
+      </c>
+      <c r="B68" t="s">
+        <v>90</v>
+      </c>
+      <c r="C68" t="s">
+        <v>49</v>
+      </c>
+      <c r="E68" t="s">
+        <v>15</v>
+      </c>
+      <c r="M68">
+        <v>52546</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26">
+      <c r="A69" s="1">
+        <v>2207</v>
+      </c>
+      <c r="B69" t="s">
+        <v>91</v>
+      </c>
+      <c r="C69" t="s">
+        <v>49</v>
+      </c>
+      <c r="E69" t="s">
+        <v>15</v>
+      </c>
+      <c r="M69">
+        <v>52547</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26">
+      <c r="A70" s="1">
+        <v>2208</v>
+      </c>
+      <c r="B70" t="s">
+        <v>92</v>
+      </c>
+      <c r="C70" t="s">
+        <v>49</v>
+      </c>
+      <c r="E70" t="s">
+        <v>15</v>
+      </c>
+      <c r="M70">
+        <v>52548</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26">
+      <c r="A71" s="1">
         <v>2209</v>
       </c>
-      <c r="B68" t="s">
-[...8 lines deleted...]
-      <c r="M68">
+      <c r="B71" t="s">
+        <v>93</v>
+      </c>
+      <c r="C71" t="s">
+        <v>49</v>
+      </c>
+      <c r="E71" t="s">
+        <v>15</v>
+      </c>
+      <c r="M71">
         <v>52549</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>