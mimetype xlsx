--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -12,148 +12,154 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>objetivos</t>
   </si>
   <si>
     <t>actividades_previstas</t>
   </si>
   <si>
     <t>medios_necesarios</t>
   </si>
   <si>
     <t>estimacion_temporal</t>
   </si>
   <si>
     <t>responsable</t>
   </si>
   <si>
     <t>indicadores_evaluacion</t>
   </si>
   <si>
     <t>grado_cumplimiento</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
+    <t>31-12-2025</t>
+  </si>
+  <si>
+    <t>Pla Territorial Municipal enfront d'Emergències</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1762513248PTM Rafelbunyol Act. 2025.pdf</t>
+  </si>
+  <si>
+    <t>Pla d'Actuació Municipal davant el risc d'Inundacions</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1762513339PAMIN Rafelbunyol Act. 2025.pdf</t>
+  </si>
+  <si>
+    <t>PAM Sismic Rafelbunyol 2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1762513302PAMSIS Rafelbunyol Act. 2025.pdf</t>
+  </si>
+  <si>
     <t>01-01-2025</t>
   </si>
   <si>
     <t>Pla Ètic de Gestió i Control de Colònies Felines de Rafelbunyol</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1748259126plan_colonias_felinas_25.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Pla estratègic de l´esport
 </t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1749465712Plan estratégico del deporte.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Pla Estratègic de Subvencions 2025-20274
 </t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1749466488plan estratégico de subvenciones 2025-2027.pdf</t>
   </si>
   <si>
     <t>09-09-2024</t>
   </si>
   <si>
     <t>PAM Sismic Rafelbunyol 2024</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/174945645720241011_Uns altres_PAM Sismico Rafelbunyol 2024.pdf</t>
   </si>
   <si>
     <t>01-01-2024</t>
   </si>
   <si>
     <t>Pla de Govern</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1749465489Pla de Govern.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	II Plan VIOGEN Rafelbunyol 2024-2028</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1749465654II Plan VIOGEN Rafelbunyol 2024-2028-comprimido.pdf</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1749456262PAMRI Rafelbunyol.pdf</t>
   </si>
   <si>
     <t>01-01-2022</t>
   </si>
   <si>
     <t xml:space="preserve">Pla II de Igualtat Ajuntament Rafelbunyol
 </t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/174946578020220707_Uns altres_Pla_II Plan Ayto Rafelbunyol (2).pdf</t>
   </si>
   <si>
     <t>Pla Urbà d’Acció Municipal (PUAM) de Rafelbunyol</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/174946593520220601_Uns altres_Pla_09.Rafelbunyol- PUAM-v3.pdf</t>
   </si>
   <si>
     <t>I Pla Municipal d´Igualtat d´Oportunitats entre Dones i Homes</t>
   </si>
   <si>
     <t>https://gobiernoabierto.rafelbunyol.es/storage/uploads/1749537266I Plan Municipal Igualdad Oportunidades Rafelbunyol FIRMADO.pdf</t>
   </si>
   <si>
     <t>01-01-2021</t>
@@ -644,51 +650,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z28"/>
+  <dimension ref="A1:Z29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="78" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="156" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -720,424 +726,438 @@
         <v>9</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="K2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="K3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>291</v>
+        <v>330</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
         <v>22</v>
       </c>
-      <c r="C6" t="s">
+      <c r="K6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="K7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
+      <c r="K8" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="K9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="C10" t="s">
+      <c r="K10" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="K12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>287</v>
+        <v>301</v>
       </c>
       <c r="B13" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="C13" t="s">
+      <c r="K13" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" t="s">
         <v>42</v>
       </c>
-      <c r="C14" t="s">
+      <c r="K14" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="B15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" t="s">
         <v>45</v>
       </c>
-      <c r="C15" t="s">
+      <c r="K15" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B16" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" t="s">
         <v>48</v>
       </c>
-      <c r="C16" t="s">
+      <c r="K16" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" t="s">
         <v>51</v>
       </c>
-      <c r="C17" t="s">
+      <c r="K17" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" t="s">
         <v>54</v>
       </c>
-      <c r="C18" t="s">
+      <c r="K18" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
         <v>57</v>
       </c>
       <c r="K19" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
       <c r="K20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B21" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" t="s">
         <v>61</v>
       </c>
-      <c r="C21" t="s">
+      <c r="K21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="K22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B23" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
       <c r="K23" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
       <c r="K24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
       <c r="K25" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>326</v>
+        <v>302</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="K26" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="B27" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" t="s">
         <v>74</v>
       </c>
-      <c r="C27" t="s">
+      <c r="K27" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
+        <v>300</v>
+      </c>
+      <c r="B28" t="s">
+        <v>76</v>
+      </c>
+      <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="K28" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26">
+      <c r="A29" s="1">
         <v>282</v>
       </c>
-      <c r="B28" t="s">
-[...5 lines deleted...]
-      <c r="K28" t="s">
+      <c r="B29" t="s">
         <v>79</v>
+      </c>
+      <c r="C29" t="s">
+        <v>80</v>
+      </c>
+      <c r="K29" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">